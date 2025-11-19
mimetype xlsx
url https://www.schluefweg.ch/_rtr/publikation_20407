--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -1,88 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/xl/revisions/revisionHeaders.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.revisionHeaders+xml"/>
+  <Override PartName="/xl/revisions/revisionLog2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.revisionLog+xml"/>
   <Override PartName="/xl/revisions/userNames.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.userNames+xml"/>
-  <Override PartName="/xl/revisions/revisionHeaders.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.revisionHeaders+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/revisions/revisionLog1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.revisionLog+xml"/>
-  <Override PartName="/xl/revisions/revisionLog3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.revisionLog+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/revisions/revisionLog4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.revisionLog+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\pool_schluef\Dateien Hausherr_Weber\Eislauf\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\pool_schluef\Dateien Scheller_Weber\Eislauf\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="4425" yWindow="1515" windowWidth="19200" windowHeight="10815"/>
   </bookViews>
   <sheets>
     <sheet name="Schlittschuhe" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="Z_17214050_6CE1_4D82_84D6_A64E3520CC77_.wvu.PrintArea" localSheetId="0" hidden="1">Schlittschuhe!$B$1:$M$57</definedName>
     <definedName name="Z_17214050_6CE1_4D82_84D6_A64E3520CC77_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_2679271C_70CC_49E3_9698_89D8C1A68AF5_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_48F3B166_694B_454F_B78C_0D25A40EA853_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_8DAC457E_7B97_44B2_AD5F_41B68E883ADC_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_A268217A_CE3A_4AA2_8EA1_5CA763C93B98_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_C76D2D99_7FC2_4D99_8267_B9478AC491DD_.wvu.PrintArea" localSheetId="0" hidden="1">Schlittschuhe!$B$1:$M$57</definedName>
     <definedName name="Z_C76D2D99_7FC2_4D99_8267_B9478AC491DD_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_CF84DC40_BAD3_4385_A4EA_324175CD2CD3_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
+    <definedName name="Z_EA2F14F6_A1BB_4EC2_8B28_392944C7A825_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_EF04C444_7E22_4D00_9363_B5C45AD6302A_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_F335DCC3_5D18_4671_BE24_5BCE0EFE0738_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
     <definedName name="Z_F8631D2F_7471_4404_9AAE_DE491D00EF5D_.wvu.Rows" localSheetId="0" hidden="1">Schlittschuhe!$5:$5</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <customWorkbookViews>
-    <customWorkbookView name="Küng Silvia - Persönliche Ansicht" guid="{A268217A-CE3A-4AA2-8EA1-5CA763C93B98}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1" showComments="commIndAndComment"/>
+    <customWorkbookView name="Weber Caroline - Persönliche Ansicht" guid="{EA2F14F6-A1BB-4EC2-8B28-392944C7A825}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="2576" windowHeight="1408" activeSheetId="1"/>
+    <customWorkbookView name="Küng Silvia - Persönliche Ansicht" guid="{A268217A-CE3A-4AA2-8EA1-5CA763C93B98}" mergeInterval="0" personalView="1" maximized="1" xWindow="1912" yWindow="217" windowWidth="1936" windowHeight="1056" activeSheetId="1" showComments="commIndAndComment"/>
     <customWorkbookView name="Eislaufkasse Schluefweg - Persönliche Ansicht" guid="{48F3B166-694B-454F-B78C-0D25A40EA853}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1"/>
     <customWorkbookView name="Badkasse Schluefweg - Persönliche Ansicht" guid="{F335DCC3-5D18-4671-BE24-5BCE0EFE0738}" mergeInterval="0" personalView="1" windowWidth="1920" windowHeight="1020" activeSheetId="1" showFormulaBar="0"/>
     <customWorkbookView name="Kupper Franziska - Persönliche Ansicht" guid="{2679271C-70CC-49E3-9698-89D8C1A68AF5}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1"/>
     <customWorkbookView name="SilviaWipfli - Persönliche Ansicht" guid="{C76D2D99-7FC2-4D99-8267-B9478AC491DD}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1362" windowHeight="527" activeSheetId="2" showComments="commIndAndComment"/>
     <customWorkbookView name="Silvia Wipfli - Persönliche Ansicht" guid="{17214050-6CE1-4D82-84D6-A64E3520CC77}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1268" windowHeight="718" activeSheetId="2"/>
     <customWorkbookView name="us273 - Persönliche Ansicht" guid="{F8631D2F-7471-4404-9AAE-DE491D00EF5D}" mergeInterval="0" personalView="1" maximized="1" windowWidth="1660" windowHeight="704" activeSheetId="1"/>
     <customWorkbookView name="Egli Claudia - Persönliche Ansicht" guid="{EF04C444-7E22-4D00-9363-B5C45AD6302A}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1"/>
     <customWorkbookView name="Claudia Egli - Persönliche Ansicht" guid="{8DAC457E-7B97-44B2-AD5F-41B68E883ADC}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1"/>
     <customWorkbookView name="Schluefweg Sekretariat - Persönliche Ansicht" guid="{CF84DC40-BAD3-4385-A4EA-324175CD2CD3}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" activeSheetId="1" showComments="commIndAndComment"/>
   </customWorkbookViews>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E50" i="1" l="1"/>
   <c r="L50" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="29">
   <si>
     <t>Bestand Kassaraum</t>
   </si>
@@ -900,51 +898,51 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
       <color rgb="FFD9D9D9"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionHeaders" Target="revisions/revisionHeaders.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/usernames" Target="revisions/userNames.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/usernames" Target="revisions/userNames.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionHeaders" Target="revisions/revisionHeaders.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>276225</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>107497</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9567" name="Grafik 2"/>
         <xdr:cNvPicPr>
@@ -981,407 +979,85 @@
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/revisions/_rels/revisionHeaders.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog1.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog3.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog6.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog2.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog5.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/revisionLog" Target="revisionLog2.xml"/></Relationships>
 </file>
 
 <file path=xl/revisions/revisionHeaders.xml><?xml version="1.0" encoding="utf-8"?>
-<headers xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac" guid="{19A65EEC-66AC-4524-B2C0-FE6B0D598DDE}" diskRevisions="1" revisionId="240">
-[...25 lines deleted...]
-  <header guid="{19A65EEC-66AC-4524-B2C0-FE6B0D598DDE}" dateTime="2024-08-26T08:35:47" maxSheetId="2" userName="Küng Silvia" r:id="rId66" minRId="240">
+<headers xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac" guid="{0176312D-E01D-4711-8F80-7A971380E7DB}" diskRevisions="1" revisionId="251" version="5">
+  <header guid="{0176312D-E01D-4711-8F80-7A971380E7DB}" dateTime="2025-10-13T15:32:30" maxSheetId="2" userName="Weber Caroline" r:id="rId70" minRId="249" maxRId="250">
     <sheetIdMap count="1">
       <sheetId val="1"/>
     </sheetIdMap>
   </header>
 </headers>
 </file>
 
-<file path=xl/revisions/revisionLog1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=xl/revisions/revisionLog2.xml><?xml version="1.0" encoding="utf-8"?>
 <revisions xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <rcc rId="215" sId="1">
-[...8 lines deleted...]
-    <oc r="L27">
+  <rcc rId="249" sId="1">
+    <oc r="E27">
       <v>5</v>
     </oc>
-    <nc r="L27">
-[...15 lines deleted...]
-    <nc r="L29">
+    <nc r="E27">
       <v>9</v>
     </nc>
   </rcc>
-  <rcc rId="219" sId="1">
-[...1 lines deleted...]
-      <v>6</v>
+  <rcc rId="250" sId="1" numFmtId="19">
+    <oc r="L11">
+      <v>45750</v>
     </oc>
-    <nc r="L30">
-      <v>8</v>
+    <nc r="L11">
+      <v>45943</v>
     </nc>
   </rcc>
-  <rcc rId="220" sId="1">
-[...96 lines deleted...]
-  <rdn rId="0" localSheetId="1" customView="1" name="Z_CF84DC40_BAD3_4385_A4EA_324175CD2CD3_.wvu.Rows" hidden="1" oldHidden="1">
+  <rdn rId="0" localSheetId="1" customView="1" name="Z_EA2F14F6_A1BB_4EC2_8B28_392944C7A825_.wvu.Rows" hidden="1" oldHidden="1">
     <formula>Schlittschuhe!$5:$5</formula>
-    <oldFormula>Schlittschuhe!$5:$5</oldFormula>
   </rdn>
-  <rcv guid="{CF84DC40-BAD3-4385-A4EA-324175CD2CD3}" action="add"/>
-[...163 lines deleted...]
-  </rcc>
+  <rcv guid="{EA2F14F6-A1BB-4EC2-8B28-392944C7A825}" action="add"/>
 </revisions>
 </file>
 
 <file path=xl/revisions/userNames.xml><?xml version="1.0" encoding="utf-8"?>
 <users xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac" count="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -1716,62 +1392,62 @@
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
         <a:extLst>
           <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
             <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:effectLst>
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O67"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" view="pageLayout" topLeftCell="A46" zoomScale="70" zoomScaleNormal="60" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="H26" sqref="G26:H26"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" view="pageLayout" topLeftCell="A7" zoomScale="70" zoomScaleNormal="60" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="L11" sqref="L11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="6.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.85546875" style="21" customWidth="1"/>
     <col min="3" max="3" width="17.140625" style="21" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="21" customWidth="1"/>
     <col min="5" max="5" width="17.140625" style="21" customWidth="1"/>
     <col min="6" max="6" width="2.85546875" style="21" customWidth="1"/>
     <col min="7" max="7" width="13.28515625" style="21" customWidth="1"/>
     <col min="8" max="8" width="13.42578125" style="21" customWidth="1"/>
     <col min="9" max="9" width="16.85546875" style="21" customWidth="1"/>
     <col min="10" max="10" width="17.42578125" style="29" customWidth="1"/>
     <col min="11" max="11" width="11.28515625" style="21" customWidth="1"/>
     <col min="12" max="12" width="16.7109375" style="21" customWidth="1"/>
     <col min="13" max="13" width="14.28515625" style="1" customWidth="1"/>
     <col min="14" max="14" width="8.28515625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="6.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B1" s="7"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
@@ -1905,51 +1581,51 @@
       </c>
       <c r="C10" s="34"/>
       <c r="D10" s="34"/>
       <c r="E10" s="35"/>
       <c r="F10" s="35"/>
       <c r="G10" s="77"/>
       <c r="H10" s="77"/>
       <c r="I10" s="77"/>
       <c r="J10" s="77"/>
       <c r="K10" s="14"/>
       <c r="L10" s="8"/>
       <c r="M10" s="4"/>
     </row>
     <row r="11" spans="2:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="9"/>
       <c r="K11" s="8"/>
       <c r="L11" s="16">
-        <v>45529</v>
+        <v>45943</v>
       </c>
       <c r="M11" s="4"/>
     </row>
     <row r="12" spans="2:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="84" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="85"/>
       <c r="D12" s="86"/>
       <c r="E12" s="78"/>
       <c r="F12" s="79"/>
       <c r="G12" s="79"/>
       <c r="H12" s="79"/>
       <c r="I12" s="79"/>
       <c r="J12" s="79"/>
       <c r="K12" s="79"/>
       <c r="L12" s="80"/>
       <c r="M12" s="4"/>
     </row>
     <row r="13" spans="2:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="92" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="93"/>
       <c r="D13" s="94"/>
@@ -2186,51 +1862,51 @@
     <row r="26" spans="2:14" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="19">
         <v>27</v>
       </c>
       <c r="C26" s="58"/>
       <c r="D26" s="20"/>
       <c r="E26" s="20">
         <v>7</v>
       </c>
       <c r="I26" s="19">
         <v>27</v>
       </c>
       <c r="J26" s="58"/>
       <c r="K26" s="20"/>
       <c r="L26" s="20">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="2:14" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="19">
         <v>28</v>
       </c>
       <c r="C27" s="58"/>
       <c r="D27" s="20"/>
       <c r="E27" s="20">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I27" s="19">
         <v>28</v>
       </c>
       <c r="J27" s="58"/>
       <c r="K27" s="20"/>
       <c r="L27" s="20">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="2:14" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B28" s="19">
         <v>29</v>
       </c>
       <c r="C28" s="58"/>
       <c r="D28" s="20"/>
       <c r="E28" s="20">
         <v>7</v>
       </c>
       <c r="I28" s="19">
         <v>29</v>
       </c>
       <c r="J28" s="58"/>
       <c r="K28" s="20"/>
       <c r="L28" s="20">
@@ -2320,79 +1996,79 @@
       </c>
       <c r="I33" s="19">
         <v>34</v>
       </c>
       <c r="J33" s="58"/>
       <c r="K33" s="20"/>
       <c r="L33" s="20">
         <v>8</v>
       </c>
     </row>
     <row r="34" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="19">
         <v>35</v>
       </c>
       <c r="C34" s="58"/>
       <c r="D34" s="20"/>
       <c r="E34" s="20">
         <v>10</v>
       </c>
       <c r="I34" s="19">
         <v>35</v>
       </c>
       <c r="J34" s="58"/>
       <c r="K34" s="20"/>
       <c r="L34" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="19">
         <v>36</v>
       </c>
       <c r="C35" s="58"/>
       <c r="D35" s="20"/>
       <c r="E35" s="20">
         <v>13</v>
       </c>
       <c r="I35" s="19">
         <v>36</v>
       </c>
       <c r="J35" s="58"/>
       <c r="K35" s="20"/>
       <c r="L35" s="20">
         <v>13</v>
       </c>
     </row>
     <row r="36" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="19">
         <v>37</v>
       </c>
       <c r="C36" s="58"/>
       <c r="D36" s="20"/>
       <c r="E36" s="20">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I36" s="19">
         <v>37</v>
       </c>
       <c r="J36" s="58"/>
       <c r="K36" s="20"/>
       <c r="L36" s="20">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="19">
         <v>38</v>
       </c>
       <c r="C37" s="58"/>
       <c r="D37" s="20"/>
       <c r="E37" s="20">
         <v>18</v>
       </c>
       <c r="I37" s="19">
         <v>38</v>
       </c>
       <c r="J37" s="58"/>
       <c r="K37" s="20"/>
       <c r="L37" s="20">
@@ -2464,51 +2140,51 @@
       </c>
       <c r="I41" s="19">
         <v>42</v>
       </c>
       <c r="J41" s="58"/>
       <c r="K41" s="20"/>
       <c r="L41" s="20">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="19">
         <v>43</v>
       </c>
       <c r="C42" s="58"/>
       <c r="D42" s="20"/>
       <c r="E42" s="20">
         <v>16</v>
       </c>
       <c r="I42" s="19">
         <v>43</v>
       </c>
       <c r="J42" s="58"/>
       <c r="K42" s="20"/>
       <c r="L42" s="20">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B43" s="19">
         <v>44</v>
       </c>
       <c r="C43" s="58"/>
       <c r="D43" s="20"/>
       <c r="E43" s="20">
         <v>9</v>
       </c>
       <c r="I43" s="19">
         <v>44</v>
       </c>
       <c r="J43" s="58"/>
       <c r="K43" s="20"/>
       <c r="L43" s="20">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="2:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="19">
         <v>45</v>
       </c>
       <c r="C44" s="58"/>
@@ -2603,60 +2279,60 @@
       <c r="B49" s="22">
         <v>50</v>
       </c>
       <c r="C49" s="58"/>
       <c r="D49" s="23"/>
       <c r="E49" s="20">
         <v>3</v>
       </c>
       <c r="I49" s="22">
         <v>50</v>
       </c>
       <c r="J49" s="60"/>
       <c r="K49" s="23"/>
       <c r="L49" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:15" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B50" s="25" t="s">
         <v>2</v>
       </c>
       <c r="C50" s="26"/>
       <c r="D50" s="27"/>
       <c r="E50" s="28">
         <f>SUM(E23:E49)</f>
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I50" s="25" t="s">
         <v>2</v>
       </c>
       <c r="J50" s="26"/>
       <c r="K50" s="27"/>
       <c r="L50" s="28">
         <f>SUM(L23:L49)</f>
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="51" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="43"/>
       <c r="J51" s="21"/>
       <c r="L51" s="63"/>
     </row>
     <row r="52" spans="1:15" ht="23.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="6"/>
       <c r="B52" s="35" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="35"/>
       <c r="D52" s="35"/>
       <c r="E52" s="33"/>
       <c r="F52" s="33"/>
       <c r="G52" s="33"/>
       <c r="H52" s="33"/>
       <c r="I52" s="33"/>
       <c r="J52" s="33"/>
       <c r="K52" s="33"/>
       <c r="L52" s="33"/>
       <c r="M52" s="40"/>
       <c r="N52" s="6"/>
       <c r="O52" s="6"/>
@@ -2866,180 +2542,190 @@
       <c r="F66" s="37"/>
       <c r="G66" s="37"/>
       <c r="H66" s="37"/>
       <c r="I66" s="37"/>
       <c r="J66" s="38"/>
       <c r="K66" s="37"/>
       <c r="L66" s="37"/>
     </row>
     <row r="67" spans="2:12" ht="20.25" x14ac:dyDescent="0.3">
       <c r="B67" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C67" s="37"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="38"/>
       <c r="K67" s="37"/>
       <c r="L67" s="37"/>
     </row>
   </sheetData>
   <customSheetViews>
+    <customSheetView guid="{EA2F14F6-A1BB-4EC2-8B28-392944C7A825}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout" topLeftCell="A7">
+      <selection activeCell="L11" sqref="L11"/>
+      <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId1"/>
+      <headerFooter alignWithMargins="0">
+        <oddHeader xml:space="preserve">&amp;L
+&amp;C
+</oddHeader>
+      </headerFooter>
+    </customSheetView>
     <customSheetView guid="{A268217A-CE3A-4AA2-8EA1-5CA763C93B98}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout">
       <selection activeCell="J9" sqref="J9"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId1"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId2"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{48F3B166-694B-454F-B78C-0D25A40EA853}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout" topLeftCell="A25">
       <selection activeCell="E13" sqref="E13:L13"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="52" orientation="portrait" r:id="rId2"/>
+      <pageSetup paperSize="9" scale="52" orientation="portrait" r:id="rId3"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{F335DCC3-5D18-4671-BE24-5BCE0EFE0738}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout" topLeftCell="A39">
       <selection activeCell="M32" sqref="M32"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId3"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId4"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{2679271C-70CC-49E3-9698-89D8C1A68AF5}" scale="60" fitToPage="1" hiddenRows="1" topLeftCell="A40">
       <selection activeCell="M55" sqref="M55"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId4"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId5"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{C76D2D99-7FC2-4D99-8267-B9478AC491DD}" scale="85" showPageBreaks="1" fitToPage="1" printArea="1" hiddenRows="1" view="pageLayout" topLeftCell="A7">
       <selection activeCell="D17" activeCellId="1" sqref="D15:K16 D17:G18"/>
       <pageMargins left="0.55000000000000004" right="0.22" top="0.42" bottom="0.41" header="0.27" footer="0.26"/>
       <pageSetup paperSize="9" scale="50" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
         <oddFooter>&amp;L&amp;8&amp;I00-049&amp;Z&amp;F/&amp;F/&amp;D/Silvia Wipfli-Bäbler</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{17214050-6CE1-4D82-84D6-A64E3520CC77}" scale="40" showPageBreaks="1" fitToPage="1" printArea="1" hiddenRows="1" view="pageLayout" topLeftCell="A11">
       <selection activeCell="A15" activeCellId="2" sqref="H29:H56 B29:B56 A15:K21"/>
       <pageMargins left="0.55000000000000004" right="0.22" top="0.42" bottom="0.41" header="0.27" footer="0.26"/>
       <pageSetup paperSize="9" scale="50" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
         <oddFooter>&amp;L&amp;8&amp;I00-049&amp;Z&amp;F/&amp;F/&amp;D/Silvia Wipfli-Bäbler</oddFooter>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{F8631D2F-7471-4404-9AAE-DE491D00EF5D}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout" topLeftCell="A40">
       <selection activeCell="E58" sqref="E58:E59"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId5"/>
+      <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId6"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{EF04C444-7E22-4D00-9363-B5C45AD6302A}" scale="60" showPageBreaks="1" fitToPage="1" hiddenRows="1">
       <selection activeCell="I58" sqref="I58"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId6"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId7"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
     <customSheetView guid="{8DAC457E-7B97-44B2-AD5F-41B68E883ADC}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout">
       <selection activeCell="L11" sqref="L11"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId7"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId8"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
-    <customSheetView guid="{CF84DC40-BAD3-4385-A4EA-324175CD2CD3}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout" topLeftCell="A4">
-      <selection activeCell="E44" sqref="E44"/>
+    <customSheetView guid="{CF84DC40-BAD3-4385-A4EA-324175CD2CD3}" scale="70" showPageBreaks="1" fitToPage="1" hiddenRows="1" view="pageLayout">
+      <selection activeCell="E12" sqref="E12:L12"/>
       <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-      <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId8"/>
+      <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId9"/>
       <headerFooter alignWithMargins="0">
         <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="16">
     <mergeCell ref="J15:L15"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="J17:L17"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="E17:H17"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="F18:H18"/>
     <mergeCell ref="J18:L18"/>
     <mergeCell ref="E15:H15"/>
     <mergeCell ref="G10:J10"/>
     <mergeCell ref="E13:H13"/>
     <mergeCell ref="J13:L13"/>
     <mergeCell ref="E14:L14"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="E12:L12"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.31496062992125984" right="0.19685039370078741" top="0.23622047244094491" bottom="7.874015748031496E-2" header="0.27559055118110237" footer="0.27559055118110237"/>
-  <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId9"/>
+  <pageSetup paperSize="9" scale="51" orientation="portrait" r:id="rId10"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;L
 &amp;C
 </oddHeader>
   </headerFooter>
-  <drawing r:id="rId10"/>
+  <drawing r:id="rId11"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Schlittschuhe</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Kloten</Company>